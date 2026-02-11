--- v0 (2025-12-12)
+++ v1 (2026-02-11)
@@ -11,323 +11,267 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="173E15DA" w14:textId="042E9498" w:rsidR="003D408B" w:rsidRDefault="00476B51" w:rsidP="00043A13">
+    <w:p w14:paraId="173E15DA" w14:textId="3208C4D8" w:rsidR="003D408B" w:rsidRDefault="00A43FD0" w:rsidP="00043A13">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00A43FD0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:noProof/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="305CCBC6" wp14:editId="20498F7F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05DAE1B8" wp14:editId="0408B4B4">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>5317490</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-374015</wp:posOffset>
+              <wp:posOffset>-322183</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="778510" cy="293370"/>
-            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+            <wp:extent cx="713434" cy="268999"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1904087915" name="image1.jpg"/>
-            <wp:cNvGraphicFramePr/>
+            <wp:docPr id="86390176" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1904087915" name="image1.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="778510" cy="293370"/>
+                      <a:ext cx="713434" cy="268999"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00476B51">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Title of the Paper</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D91A58" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43D91A58" w14:textId="7A1629EF" w:rsidR="003D408B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Types of the Paper (Research Article, Review Article, Book Review, Commentary, Report, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD48D1D" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00043A13">
+    <w:p w14:paraId="7AD48D1D" w14:textId="0719FB66" w:rsidR="003D408B" w:rsidRPr="00A43FD0" w:rsidRDefault="00000000" w:rsidP="00AA2AE2">
       <w:pPr>
-        <w:pBdr>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="Authors"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>First name Last name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, First name Last name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
         <w:t>, First name Last name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
-[...22 lines deleted...]
-          <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473687FF" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="473687FF" w14:textId="7896D74C" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00AA2AE2">
       <w:pPr>
-        <w:pBdr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Affilations"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Affiliation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120C2239" w14:textId="79F597E0" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00043A13">
+    <w:p w14:paraId="120C2239" w14:textId="70E1B81C" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00AA2AE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="113" w:hanging="113"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="003D408B" w:rsidSect="00043A13">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1134" w:bottom="1440" w:left="1134" w:header="964" w:footer="964" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -664,112 +608,95 @@
           </w:tcPr>
           <w:p w14:paraId="5DE6561B" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="003D408B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="200" w:after="200"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:color w:val="2F5496"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6944" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="68822E83" w14:textId="4FE5299B" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00043A13">
+          <w:p w14:paraId="653F3639" w14:textId="54BEF26C" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00A43FD0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:before="100" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:after="100" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:color w:val="2F5496"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstract: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">A single paragraph should contain a maximum of 250 words summarizing major points in your paper. i.e. for Research Article, the abstract may consist of a short background (optional), objective, methods, results, and conclusion. The abstract is written in Microsoft Word, font: Garamond, font size: 11 pt, line spacing: 1.15, spacing: 5 pt before and </w:t>
             </w:r>
             <w:r w:rsidR="00F340D3">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> pt after. </w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-            </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">This template details sections to prepare your paper-ready for publication in the Journal of Cambodian Health (JCH). We encourage authors to follow this template to shorten the time in our publication process after the accepted manuscript. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Title of the paper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> should be written in Garamond 16 pt; spacing: 10 pt before and 5 pt after the paragraph, and it should be concise and descriptive, and avoid using jargon and abbreviation (where applicable). Please indicate </w:t>
             </w:r>
             <w:r>
@@ -901,175 +828,79 @@
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Headings of paper should be numbered with bold, color (blue, accent 1, and darker 25%), and without indentation. While subheadings of your paper should be the same, but without bold. Headings and subheadings of the paper may differ due to publication types. For example: the research article may contain main sections, including the introduction, methods, results, discussion, and conclusion. Below are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>examples</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of writing headings and subheadings for your paper. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217E39DB" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="217E39DB" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00A43FD0">
       <w:pPr>
-        <w:pBdr>
-[...17 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1JCH"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">1. Heading </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027E45E1" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="027E45E1" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00A43FD0">
       <w:pPr>
-        <w:pBdr>
-[...17 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1JCH"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">2. Heading </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414B6882" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="414B6882" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00A43FD0">
       <w:pPr>
-        <w:pBdr>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2JCH"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">2.1. Subheading </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F51DAC" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04F51DAC" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="00A43FD0">
       <w:pPr>
-        <w:pBdr>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2JCH"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>2.2. Subheading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CD49DC" w14:textId="77777777" w:rsidR="00B01DA9" w:rsidRDefault="00000000" w:rsidP="00020860">
       <w:pPr>
         <w:pStyle w:val="Heading3JCh"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.2.1. Subheading </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="078292FE" w14:textId="2B7A02E1" w:rsidR="003D408B" w:rsidRPr="00020860" w:rsidRDefault="00000000" w:rsidP="00020860">
       <w:pPr>
         <w:pStyle w:val="JCHText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Main text: </w:t>
       </w:r>
       <w:r>
@@ -3659,104 +3490,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D408B">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="1440" w:left="1134" w:header="964" w:footer="1077" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A949FB4" w14:textId="77777777" w:rsidR="00921E10" w:rsidRDefault="00921E10">
+    <w:p w14:paraId="46342469" w14:textId="77777777" w:rsidR="00FB5DBB" w:rsidRDefault="00FB5DBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3807C8BB" w14:textId="77777777" w:rsidR="00921E10" w:rsidRDefault="00921E10">
+    <w:p w14:paraId="2A3FF0DA" w14:textId="77777777" w:rsidR="00FB5DBB" w:rsidRDefault="00FB5DBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
-    <w:altName w:val="﷽﷽﷽﷽﷽﷽﷽﷽"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
@@ -3954,61 +3784,61 @@
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">© 20xx </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>University of Puthisastra</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A4DD5CD" w14:textId="77777777" w:rsidR="00921E10" w:rsidRDefault="00921E10">
+    <w:p w14:paraId="069D8E6D" w14:textId="77777777" w:rsidR="00FB5DBB" w:rsidRDefault="00FB5DBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64D750B4" w14:textId="77777777" w:rsidR="00921E10" w:rsidRDefault="00921E10">
+    <w:p w14:paraId="3803DE84" w14:textId="77777777" w:rsidR="00FB5DBB" w:rsidRDefault="00FB5DBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="56A2C8DC" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -4130,97 +3960,144 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Journal of Cambodian Health </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0CF37406" w14:textId="0B0F91D3" w:rsidR="003D408B" w:rsidRDefault="00000000">
+  <w:p w14:paraId="0CF37406" w14:textId="56CFFF54" w:rsidR="003D408B" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Volume. x, Issue. x, 20</w:t>
+      <w:t xml:space="preserve">Volume. x, </w:t>
     </w:r>
-    <w:r w:rsidR="00CA461C">
+    <w:r w:rsidR="00AA2AE2">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>xx</w:t>
+      <w:t>No</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>, pp. for PEER-REVIEW</w:t>
+      <w:t>. x, 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA461C">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>xx</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00AA2AE2">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>vxxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00AA2AE2">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>for PEER-REVIEW</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72B6CBF7" w14:textId="77777777" w:rsidR="003D408B" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -4233,51 +4110,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="245CB8B7" w14:textId="6276C3B0" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="007937E2">
+  <w:p w14:paraId="245CB8B7" w14:textId="2BEAC01D" w:rsidR="003D408B" w:rsidRDefault="00000000" w:rsidP="007937E2">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -4371,115 +4248,124 @@
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007937E2">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007937E2">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Journal of Cambodian Health x(x), FOR PEER REVIEW</w:t>
+      <w:t>Journal of Cambodian Health x(x) FOR PEER REVIEW</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="3A10F4FD" w14:textId="4ACEA5F0" w:rsidR="003D408B" w:rsidRPr="00DF0E24" w:rsidRDefault="00FF6196" w:rsidP="00DF0E24">
+      <w:p w14:paraId="3A10F4FD" w14:textId="70868877" w:rsidR="003D408B" w:rsidRPr="00DF0E24" w:rsidRDefault="00FF6196" w:rsidP="00DF0E24">
         <w:pPr>
           <w:pBdr>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
             <w:right w:val="nil"/>
             <w:between w:val="nil"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="center" w:pos="4680"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Last name of 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>st</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve"> author et al </w:t>
+          <w:t xml:space="preserve"> author et al</w:t>
+        </w:r>
+        <w:r w:rsidR="00A43FD0">
+          <w:rPr>
+            <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>. (20xx)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
@@ -4562,113 +4448,116 @@
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="124"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D408B"/>
     <w:rsid w:val="00020860"/>
     <w:rsid w:val="00043A13"/>
     <w:rsid w:val="000B4CB3"/>
     <w:rsid w:val="000C4D50"/>
     <w:rsid w:val="00115B97"/>
     <w:rsid w:val="003206B7"/>
     <w:rsid w:val="003C3134"/>
     <w:rsid w:val="003D408B"/>
     <w:rsid w:val="0041612C"/>
     <w:rsid w:val="00440F4F"/>
     <w:rsid w:val="00452380"/>
     <w:rsid w:val="00476B51"/>
     <w:rsid w:val="004F58B8"/>
     <w:rsid w:val="00587EC3"/>
     <w:rsid w:val="005A6F63"/>
     <w:rsid w:val="005B718D"/>
     <w:rsid w:val="0072424B"/>
     <w:rsid w:val="007937E2"/>
     <w:rsid w:val="007A6BBA"/>
     <w:rsid w:val="00913B28"/>
     <w:rsid w:val="00921E10"/>
     <w:rsid w:val="009B2A96"/>
     <w:rsid w:val="00A21694"/>
+    <w:rsid w:val="00A43FD0"/>
+    <w:rsid w:val="00AA2AE2"/>
     <w:rsid w:val="00AC460A"/>
     <w:rsid w:val="00B01DA9"/>
     <w:rsid w:val="00B907AF"/>
     <w:rsid w:val="00C3302C"/>
     <w:rsid w:val="00CA461C"/>
     <w:rsid w:val="00CE22DA"/>
     <w:rsid w:val="00DF0E24"/>
     <w:rsid w:val="00E210B7"/>
     <w:rsid w:val="00E37F55"/>
     <w:rsid w:val="00EA2D0D"/>
     <w:rsid w:val="00F340D3"/>
     <w:rsid w:val="00F42248"/>
+    <w:rsid w:val="00FB5DBB"/>
     <w:rsid w:val="00FF6196"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -5784,51 +5673,50 @@
       <w:spacing w:before="200" w:after="200" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="JCHReferenceChar">
     <w:name w:val="JCH.Reference Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="JCHReference"/>
     <w:rsid w:val="00265954"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00265954"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="39"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00265954"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00265954"/>
@@ -6202,50 +6090,65 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:divs>
+    <w:div w:id="1039862244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.62037/cjer.2023.03.02.05" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puthisastra.edu.kh/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puthisastra.edu.kh/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puthisastra.edu.kh/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -6543,72 +6446,72 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgQdC3LcIkLM8jSZyemOfWc0nWVuw==">CgMxLjAaHgoBMBIZChcIB0ITCghHYXJhbW9uZBIHR3VuZ3N1aDIIaC5namRneHMyCWguMzBqMHpsbDIJaC4xZm9iOXRlMgloLjN6bnlzaDcyCWguMmV0OTJwMDIIaC50eWpjd3QyCWguM2R5NnZrbTIJaC4xdDNoNXNmMgloLjRkMzRvZzg4AHIhMWc5UWZPMjUtUEFldWZnNVR3RlRVLWZYMTMwM2UzQm94</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1202</Words>
-  <Characters>6853</Characters>
+  <Characters>6852</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8039</CharactersWithSpaces>
+  <CharactersWithSpaces>8038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kong.sela</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>3025be788543372f2a9618a04144fa4e37172815e60b0af5a510608cca2ddba0</vt:lpwstr>
   </property>
 </Properties>
 </file>